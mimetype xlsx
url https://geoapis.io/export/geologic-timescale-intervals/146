--- v0 (2026-01-15)
+++ v1 (2026-03-16)
@@ -12,98 +12,941 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="297">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>label</t>
   </si>
   <si>
     <t>rank</t>
   </si>
   <si>
     <t>hasStart</t>
   </si>
   <si>
     <t>hasStartUncertainty</t>
   </si>
   <si>
     <t>hasStartVerbatim</t>
   </si>
   <si>
     <t>hasEnd</t>
   </si>
   <si>
     <t>hasEndUncertainty</t>
   </si>
   <si>
     <t>hasEndVerbatim</t>
   </si>
   <si>
     <t>duration</t>
   </si>
   <si>
     <t>temporalCoverage</t>
   </si>
   <si>
     <t>timescale</t>
   </si>
   <si>
     <t>publisher</t>
   </si>
   <si>
     <t>citation</t>
   </si>
   <si>
     <t>license</t>
   </si>
   <si>
     <t>uri</t>
+  </si>
+  <si>
+    <t>16a42da3-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Late Maastrichtian</t>
+  </si>
+  <si>
+    <t>subage</t>
+  </si>
+  <si>
+    <t>72.2 - 66 Ma</t>
+  </si>
+  <si>
+    <t>Mesozoic Subages</t>
+  </si>
+  <si>
+    <t>Paleobiology Database (https://paleobiodb.org)</t>
+  </si>
+  <si>
+    <t>Gradstein FM, Ogg JG, Schmitz MD, Ogg GM (2020) Geologic Time Scale 2020. Elsevier. https://doi.org/10.1016/C2020-1-02369-3</t>
+  </si>
+  <si>
+    <t>https://creativecommons.org/licenses/by-nc-sa/4.0/</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a42da3-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a43207-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Early Maastrichtian</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a43207-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a4336e-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Late Campanian</t>
+  </si>
+  <si>
+    <t>83.6 - 72.2 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a4336e-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a434c8-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Middle Campanian</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a434c8-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a435f0-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Early Campanian</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a435f0-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a436f4-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Late Santonian</t>
+  </si>
+  <si>
+    <t>85.7 - 83.6 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a436f4-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a437e3-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Middle Santonian</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a437e3-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a438d2-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Early Santonian</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a438d2-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a43a36-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Late Coniacian</t>
+  </si>
+  <si>
+    <t>89.8 - 85.7 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a43a36-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a43b30-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Middle Coniacian</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a43b30-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a43c39-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Early Coniacian</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a43c39-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a43d22-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Late Turonian</t>
+  </si>
+  <si>
+    <t>93.9 - 89.8 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a43d22-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a43e0d-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Middle Turonian</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a43e0d-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a43efa-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Early Turonian</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a43efa-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a43fec-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Late Cenomanian</t>
+  </si>
+  <si>
+    <t>100.5 - 93.9 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a43fec-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a440e5-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Middle Cenomanian</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a440e5-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a441e0-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Early Cenomanian</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a441e0-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a442de-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Late Albian</t>
+  </si>
+  <si>
+    <t>106.3 - 100.5 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a442de-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a443de-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Middle Albian</t>
+  </si>
+  <si>
+    <t>110.1 - 106.3 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a443de-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a444e5-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Early Albian</t>
+  </si>
+  <si>
+    <t>113.2 - 110.1 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a444e5-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a445ef-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Late Aptian</t>
+  </si>
+  <si>
+    <t>119.57 - 113.2 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a445ef-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a45b40-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Early Aptian</t>
+  </si>
+  <si>
+    <t>121.4 - 119.57 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a45b40-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a45cb0-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Late Barremian</t>
+  </si>
+  <si>
+    <t>125.77 - 121.4 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a45cb0-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a45dc2-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Early Barremian</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a45dc2-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a45ece-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Late Hauterivian</t>
+  </si>
+  <si>
+    <t>132.6 - 125.77 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a45ece-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a45fcc-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Early Hauterivian</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a45fcc-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a46120-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Late Valanginian</t>
+  </si>
+  <si>
+    <t>137.05 - 132.6 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a46120-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a46228-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Early Valanginian</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a46228-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a46319-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Late Berriasian</t>
+  </si>
+  <si>
+    <t>139.1 - 137.05 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a46319-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a46419-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Middle Berriasian</t>
+  </si>
+  <si>
+    <t>141 - 139.1 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a46419-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a46506-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Early Berriasian</t>
+  </si>
+  <si>
+    <t>143.1 - 141 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a46506-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a465f0-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Late Tithonian</t>
+  </si>
+  <si>
+    <t>145.06 - 143.1 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a465f0-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a466e2-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Middle Tithonian</t>
+  </si>
+  <si>
+    <t>149.2 - 143.1 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a466e2-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a467cd-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Early Tithonian</t>
+  </si>
+  <si>
+    <t>149.2 - 145.06 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a467cd-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a468ba-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Late Kimmeridgian</t>
+  </si>
+  <si>
+    <t>152.21 - 149.2 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a468ba-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a469af-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Early Kimmeridgian</t>
+  </si>
+  <si>
+    <t>154.8 - 152.21 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a469af-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a46a7c-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Late Oxfordian</t>
+  </si>
+  <si>
+    <t>157.9 - 154.8 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a46a7c-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a46b3a-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Middle Oxfordian</t>
+  </si>
+  <si>
+    <t>161.5 - 154.8 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a46b3a-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a46bf3-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Early Oxfordian</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a46bf3-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a46cae-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Late Callovian</t>
+  </si>
+  <si>
+    <t>165.3 - 161.5 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a46cae-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a46d66-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Middle Callovian</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a46d66-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a46e22-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Early Callovian</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a46e22-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a46ede-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Late Bathonian</t>
+  </si>
+  <si>
+    <t>168.2 - 165.3 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a46ede-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a46f99-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Middle Bathonian</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a46f99-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a47052-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Early Bathonian</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a47052-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a47109-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Late Bajocian</t>
+  </si>
+  <si>
+    <t>168.6 - 168.2 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a47109-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a471c0-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Early Bajocian</t>
+  </si>
+  <si>
+    <t>170.9 - 168.6 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a471c0-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a4727c-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Late Aalenian</t>
+  </si>
+  <si>
+    <t>174.7 - 170.9 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a4727c-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a47340-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Middle Aalenian</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a47340-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a473fc-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Early Aalenian</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a473fc-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a474c7-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Late Toarcian</t>
+  </si>
+  <si>
+    <t>180.4 - 174.7 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a474c7-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a475bf-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Middle Toarcian</t>
+  </si>
+  <si>
+    <t>182.9 - 180.4 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a475bf-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a476b9-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Early Toarcian</t>
+  </si>
+  <si>
+    <t>Subage</t>
+  </si>
+  <si>
+    <t>184.2 - 182.9 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a476b9-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a477ad-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Late Pliensbachian</t>
+  </si>
+  <si>
+    <t>192.9 - 184.2 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a477ad-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a4789b-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Early Pliensbachian</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a4789b-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a47987-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Late Sinemurian</t>
+  </si>
+  <si>
+    <t>199.5 - 192.9 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a47987-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a47a7e-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Early Sinemurian</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a47a7e-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a47b7a-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Late Hettangian</t>
+  </si>
+  <si>
+    <t>201.4 - 199.5 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a47b7a-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a47c73-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Middle Hettangian</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a47c73-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a47d64-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Early Hettangian</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a47d64-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a47e53-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Sevatian</t>
+  </si>
+  <si>
+    <t>211.18 - 205.7 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a47e53-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a47f42-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Alaunian</t>
+  </si>
+  <si>
+    <t>215.38 - 211.18 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a47f42-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a4802f-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Lacian</t>
+  </si>
+  <si>
+    <t>227.3 - 215.38 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a4802f-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a48131-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Tuvalian</t>
+  </si>
+  <si>
+    <t>233.6 - 227.3 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a48131-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a48236-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Julian</t>
+  </si>
+  <si>
+    <t>237 - 233.6 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a48236-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a48324-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Longobardian</t>
+  </si>
+  <si>
+    <t>239.48 - 237 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a48324-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a48552-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Fassanian</t>
+  </si>
+  <si>
+    <t>241.464 - 239.48 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a48552-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a4865b-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Illyrian</t>
+  </si>
+  <si>
+    <t>243.33 - 241.464 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a4865b-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a4874c-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Pelsonian</t>
+  </si>
+  <si>
+    <t>244.24 - 243.33 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a4874c-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a488d7-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Bithynian</t>
+  </si>
+  <si>
+    <t>244.99 - 244.24 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a488d7-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a489b8-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Aegean</t>
+  </si>
+  <si>
+    <t>246.7 - 244.99 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a489b8-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a48a9c-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Spathian</t>
+  </si>
+  <si>
+    <t>248.1 - 246.7 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a48a9c-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a48b5c-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Smithian</t>
+  </si>
+  <si>
+    <t>249.9 - 248.1 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a48b5c-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a48c05-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Dienerian</t>
+  </si>
+  <si>
+    <t>250.5 - 249.9 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a48c05-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>16a48ca1-fd52-11f0-a43a-266ca4a8eb4f</t>
+  </si>
+  <si>
+    <t>Griesbachian</t>
+  </si>
+  <si>
+    <t>251.902 - 250.5 Ma</t>
+  </si>
+  <si>
+    <t>https://geoapis.io/api/v1/catalog/resource/geologic-timescale-intervals?uuid=16a48ca1-fd52-11f0-a43a-266ca4a8eb4f</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -407,51 +1250,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P1"/>
+  <dimension ref="A1:P76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -463,50 +1306,3350 @@
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
       <c r="O1" t="s">
         <v>14</v>
       </c>
       <c r="P1" t="s">
         <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2">
+        <v>72.2</v>
+      </c>
+      <c r="F2">
+        <v>72.2</v>
+      </c>
+      <c r="G2">
+        <v>66.0</v>
+      </c>
+      <c r="I2">
+        <v>66</v>
+      </c>
+      <c r="J2">
+        <v>6.2</v>
+      </c>
+      <c r="K2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M2" t="s">
+        <v>21</v>
+      </c>
+      <c r="N2" t="s">
+        <v>22</v>
+      </c>
+      <c r="O2" t="s">
+        <v>23</v>
+      </c>
+      <c r="P2" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3">
+        <v>72.2</v>
+      </c>
+      <c r="F3">
+        <v>72.2</v>
+      </c>
+      <c r="G3">
+        <v>66.0</v>
+      </c>
+      <c r="I3">
+        <v>66</v>
+      </c>
+      <c r="J3">
+        <v>6.2</v>
+      </c>
+      <c r="K3" t="s">
+        <v>19</v>
+      </c>
+      <c r="L3" t="s">
+        <v>20</v>
+      </c>
+      <c r="M3" t="s">
+        <v>21</v>
+      </c>
+      <c r="N3" t="s">
+        <v>22</v>
+      </c>
+      <c r="O3" t="s">
+        <v>23</v>
+      </c>
+      <c r="P3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>28</v>
+      </c>
+      <c r="B4" t="s">
+        <v>29</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4">
+        <v>83.6</v>
+      </c>
+      <c r="F4">
+        <v>83.6</v>
+      </c>
+      <c r="G4">
+        <v>72.2</v>
+      </c>
+      <c r="I4">
+        <v>72.2</v>
+      </c>
+      <c r="J4">
+        <v>11.4</v>
+      </c>
+      <c r="K4" t="s">
+        <v>30</v>
+      </c>
+      <c r="L4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M4" t="s">
+        <v>21</v>
+      </c>
+      <c r="N4" t="s">
+        <v>22</v>
+      </c>
+      <c r="O4" t="s">
+        <v>23</v>
+      </c>
+      <c r="P4" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>32</v>
+      </c>
+      <c r="B5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5">
+        <v>83.6</v>
+      </c>
+      <c r="F5">
+        <v>83.6</v>
+      </c>
+      <c r="G5">
+        <v>72.2</v>
+      </c>
+      <c r="I5">
+        <v>72.2</v>
+      </c>
+      <c r="J5">
+        <v>11.4</v>
+      </c>
+      <c r="K5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L5" t="s">
+        <v>20</v>
+      </c>
+      <c r="M5" t="s">
+        <v>21</v>
+      </c>
+      <c r="N5" t="s">
+        <v>22</v>
+      </c>
+      <c r="O5" t="s">
+        <v>23</v>
+      </c>
+      <c r="P5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6">
+        <v>83.6</v>
+      </c>
+      <c r="F6">
+        <v>83.6</v>
+      </c>
+      <c r="G6">
+        <v>72.2</v>
+      </c>
+      <c r="I6">
+        <v>72.2</v>
+      </c>
+      <c r="J6">
+        <v>11.4</v>
+      </c>
+      <c r="K6" t="s">
+        <v>30</v>
+      </c>
+      <c r="L6" t="s">
+        <v>20</v>
+      </c>
+      <c r="M6" t="s">
+        <v>21</v>
+      </c>
+      <c r="N6" t="s">
+        <v>22</v>
+      </c>
+      <c r="O6" t="s">
+        <v>23</v>
+      </c>
+      <c r="P6" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>38</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7">
+        <v>85.7</v>
+      </c>
+      <c r="F7">
+        <v>85.7</v>
+      </c>
+      <c r="G7">
+        <v>83.6</v>
+      </c>
+      <c r="I7">
+        <v>83.6</v>
+      </c>
+      <c r="J7">
+        <v>2.1</v>
+      </c>
+      <c r="K7" t="s">
+        <v>40</v>
+      </c>
+      <c r="L7" t="s">
+        <v>20</v>
+      </c>
+      <c r="M7" t="s">
+        <v>21</v>
+      </c>
+      <c r="N7" t="s">
+        <v>22</v>
+      </c>
+      <c r="O7" t="s">
+        <v>23</v>
+      </c>
+      <c r="P7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>42</v>
+      </c>
+      <c r="B8" t="s">
+        <v>43</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8">
+        <v>85.7</v>
+      </c>
+      <c r="F8">
+        <v>85.7</v>
+      </c>
+      <c r="G8">
+        <v>83.6</v>
+      </c>
+      <c r="I8">
+        <v>83.6</v>
+      </c>
+      <c r="J8">
+        <v>2.1</v>
+      </c>
+      <c r="K8" t="s">
+        <v>40</v>
+      </c>
+      <c r="L8" t="s">
+        <v>20</v>
+      </c>
+      <c r="M8" t="s">
+        <v>21</v>
+      </c>
+      <c r="N8" t="s">
+        <v>22</v>
+      </c>
+      <c r="O8" t="s">
+        <v>23</v>
+      </c>
+      <c r="P8" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>45</v>
+      </c>
+      <c r="B9" t="s">
+        <v>46</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9">
+        <v>85.7</v>
+      </c>
+      <c r="F9">
+        <v>85.7</v>
+      </c>
+      <c r="G9">
+        <v>83.6</v>
+      </c>
+      <c r="I9">
+        <v>83.6</v>
+      </c>
+      <c r="J9">
+        <v>2.1</v>
+      </c>
+      <c r="K9" t="s">
+        <v>40</v>
+      </c>
+      <c r="L9" t="s">
+        <v>20</v>
+      </c>
+      <c r="M9" t="s">
+        <v>21</v>
+      </c>
+      <c r="N9" t="s">
+        <v>22</v>
+      </c>
+      <c r="O9" t="s">
+        <v>23</v>
+      </c>
+      <c r="P9" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B10" t="s">
+        <v>49</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10">
+        <v>89.8</v>
+      </c>
+      <c r="F10">
+        <v>89.8</v>
+      </c>
+      <c r="G10">
+        <v>85.7</v>
+      </c>
+      <c r="I10">
+        <v>85.7</v>
+      </c>
+      <c r="J10">
+        <v>4.1</v>
+      </c>
+      <c r="K10" t="s">
+        <v>50</v>
+      </c>
+      <c r="L10" t="s">
+        <v>20</v>
+      </c>
+      <c r="M10" t="s">
+        <v>21</v>
+      </c>
+      <c r="N10" t="s">
+        <v>22</v>
+      </c>
+      <c r="O10" t="s">
+        <v>23</v>
+      </c>
+      <c r="P10" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>52</v>
+      </c>
+      <c r="B11" t="s">
+        <v>53</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11">
+        <v>89.8</v>
+      </c>
+      <c r="F11">
+        <v>89.8</v>
+      </c>
+      <c r="G11">
+        <v>85.7</v>
+      </c>
+      <c r="I11">
+        <v>85.7</v>
+      </c>
+      <c r="J11">
+        <v>4.1</v>
+      </c>
+      <c r="K11" t="s">
+        <v>50</v>
+      </c>
+      <c r="L11" t="s">
+        <v>20</v>
+      </c>
+      <c r="M11" t="s">
+        <v>21</v>
+      </c>
+      <c r="N11" t="s">
+        <v>22</v>
+      </c>
+      <c r="O11" t="s">
+        <v>23</v>
+      </c>
+      <c r="P11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>55</v>
+      </c>
+      <c r="B12" t="s">
+        <v>56</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12">
+        <v>89.8</v>
+      </c>
+      <c r="F12">
+        <v>89.8</v>
+      </c>
+      <c r="G12">
+        <v>85.7</v>
+      </c>
+      <c r="I12">
+        <v>85.7</v>
+      </c>
+      <c r="J12">
+        <v>4.1</v>
+      </c>
+      <c r="K12" t="s">
+        <v>50</v>
+      </c>
+      <c r="L12" t="s">
+        <v>20</v>
+      </c>
+      <c r="M12" t="s">
+        <v>21</v>
+      </c>
+      <c r="N12" t="s">
+        <v>22</v>
+      </c>
+      <c r="O12" t="s">
+        <v>23</v>
+      </c>
+      <c r="P12" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>58</v>
+      </c>
+      <c r="B13" t="s">
+        <v>59</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13">
+        <v>93.9</v>
+      </c>
+      <c r="F13">
+        <v>93.9</v>
+      </c>
+      <c r="G13">
+        <v>89.8</v>
+      </c>
+      <c r="I13">
+        <v>89.8</v>
+      </c>
+      <c r="J13">
+        <v>4.1</v>
+      </c>
+      <c r="K13" t="s">
+        <v>60</v>
+      </c>
+      <c r="L13" t="s">
+        <v>20</v>
+      </c>
+      <c r="M13" t="s">
+        <v>21</v>
+      </c>
+      <c r="N13" t="s">
+        <v>22</v>
+      </c>
+      <c r="O13" t="s">
+        <v>23</v>
+      </c>
+      <c r="P13" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>62</v>
+      </c>
+      <c r="B14" t="s">
+        <v>63</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14">
+        <v>93.9</v>
+      </c>
+      <c r="F14">
+        <v>93.9</v>
+      </c>
+      <c r="G14">
+        <v>89.8</v>
+      </c>
+      <c r="I14">
+        <v>89.8</v>
+      </c>
+      <c r="J14">
+        <v>4.1</v>
+      </c>
+      <c r="K14" t="s">
+        <v>60</v>
+      </c>
+      <c r="L14" t="s">
+        <v>20</v>
+      </c>
+      <c r="M14" t="s">
+        <v>21</v>
+      </c>
+      <c r="N14" t="s">
+        <v>22</v>
+      </c>
+      <c r="O14" t="s">
+        <v>23</v>
+      </c>
+      <c r="P14" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>65</v>
+      </c>
+      <c r="B15" t="s">
+        <v>66</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15">
+        <v>93.9</v>
+      </c>
+      <c r="F15">
+        <v>93.9</v>
+      </c>
+      <c r="G15">
+        <v>89.8</v>
+      </c>
+      <c r="I15">
+        <v>89.8</v>
+      </c>
+      <c r="J15">
+        <v>4.1</v>
+      </c>
+      <c r="K15" t="s">
+        <v>60</v>
+      </c>
+      <c r="L15" t="s">
+        <v>20</v>
+      </c>
+      <c r="M15" t="s">
+        <v>21</v>
+      </c>
+      <c r="N15" t="s">
+        <v>22</v>
+      </c>
+      <c r="O15" t="s">
+        <v>23</v>
+      </c>
+      <c r="P15" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>68</v>
+      </c>
+      <c r="B16" t="s">
+        <v>69</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16">
+        <v>100.5</v>
+      </c>
+      <c r="F16">
+        <v>100.5</v>
+      </c>
+      <c r="G16">
+        <v>93.9</v>
+      </c>
+      <c r="I16">
+        <v>93.9</v>
+      </c>
+      <c r="J16">
+        <v>6.6</v>
+      </c>
+      <c r="K16" t="s">
+        <v>70</v>
+      </c>
+      <c r="L16" t="s">
+        <v>20</v>
+      </c>
+      <c r="M16" t="s">
+        <v>21</v>
+      </c>
+      <c r="N16" t="s">
+        <v>22</v>
+      </c>
+      <c r="O16" t="s">
+        <v>23</v>
+      </c>
+      <c r="P16" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>72</v>
+      </c>
+      <c r="B17" t="s">
+        <v>73</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17">
+        <v>100.5</v>
+      </c>
+      <c r="F17">
+        <v>100.5</v>
+      </c>
+      <c r="G17">
+        <v>93.9</v>
+      </c>
+      <c r="I17">
+        <v>93.9</v>
+      </c>
+      <c r="J17">
+        <v>6.6</v>
+      </c>
+      <c r="K17" t="s">
+        <v>70</v>
+      </c>
+      <c r="L17" t="s">
+        <v>20</v>
+      </c>
+      <c r="M17" t="s">
+        <v>21</v>
+      </c>
+      <c r="N17" t="s">
+        <v>22</v>
+      </c>
+      <c r="O17" t="s">
+        <v>23</v>
+      </c>
+      <c r="P17" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>75</v>
+      </c>
+      <c r="B18" t="s">
+        <v>76</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18">
+        <v>100.5</v>
+      </c>
+      <c r="F18">
+        <v>100.5</v>
+      </c>
+      <c r="G18">
+        <v>93.9</v>
+      </c>
+      <c r="I18">
+        <v>93.9</v>
+      </c>
+      <c r="J18">
+        <v>6.6</v>
+      </c>
+      <c r="K18" t="s">
+        <v>70</v>
+      </c>
+      <c r="L18" t="s">
+        <v>20</v>
+      </c>
+      <c r="M18" t="s">
+        <v>21</v>
+      </c>
+      <c r="N18" t="s">
+        <v>22</v>
+      </c>
+      <c r="O18" t="s">
+        <v>23</v>
+      </c>
+      <c r="P18" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>78</v>
+      </c>
+      <c r="B19" t="s">
+        <v>79</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19">
+        <v>106.3</v>
+      </c>
+      <c r="F19">
+        <v>106.3</v>
+      </c>
+      <c r="G19">
+        <v>100.5</v>
+      </c>
+      <c r="I19">
+        <v>100.5</v>
+      </c>
+      <c r="J19">
+        <v>5.8</v>
+      </c>
+      <c r="K19" t="s">
+        <v>80</v>
+      </c>
+      <c r="L19" t="s">
+        <v>20</v>
+      </c>
+      <c r="M19" t="s">
+        <v>21</v>
+      </c>
+      <c r="N19" t="s">
+        <v>22</v>
+      </c>
+      <c r="O19" t="s">
+        <v>23</v>
+      </c>
+      <c r="P19" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>82</v>
+      </c>
+      <c r="B20" t="s">
+        <v>83</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20">
+        <v>110.1</v>
+      </c>
+      <c r="F20">
+        <v>110.1</v>
+      </c>
+      <c r="G20">
+        <v>106.3</v>
+      </c>
+      <c r="I20">
+        <v>106.3</v>
+      </c>
+      <c r="J20">
+        <v>3.8</v>
+      </c>
+      <c r="K20" t="s">
+        <v>84</v>
+      </c>
+      <c r="L20" t="s">
+        <v>20</v>
+      </c>
+      <c r="M20" t="s">
+        <v>21</v>
+      </c>
+      <c r="N20" t="s">
+        <v>22</v>
+      </c>
+      <c r="O20" t="s">
+        <v>23</v>
+      </c>
+      <c r="P20" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>86</v>
+      </c>
+      <c r="B21" t="s">
+        <v>87</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21">
+        <v>113.2</v>
+      </c>
+      <c r="F21">
+        <v>113.2</v>
+      </c>
+      <c r="G21">
+        <v>110.1</v>
+      </c>
+      <c r="I21">
+        <v>110.1</v>
+      </c>
+      <c r="J21">
+        <v>3.1</v>
+      </c>
+      <c r="K21" t="s">
+        <v>88</v>
+      </c>
+      <c r="L21" t="s">
+        <v>20</v>
+      </c>
+      <c r="M21" t="s">
+        <v>21</v>
+      </c>
+      <c r="N21" t="s">
+        <v>22</v>
+      </c>
+      <c r="O21" t="s">
+        <v>23</v>
+      </c>
+      <c r="P21" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>90</v>
+      </c>
+      <c r="B22" t="s">
+        <v>91</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22">
+        <v>119.57</v>
+      </c>
+      <c r="F22">
+        <v>119.57</v>
+      </c>
+      <c r="G22">
+        <v>113.2</v>
+      </c>
+      <c r="I22">
+        <v>113.2</v>
+      </c>
+      <c r="J22">
+        <v>6.37</v>
+      </c>
+      <c r="K22" t="s">
+        <v>92</v>
+      </c>
+      <c r="L22" t="s">
+        <v>20</v>
+      </c>
+      <c r="M22" t="s">
+        <v>21</v>
+      </c>
+      <c r="N22" t="s">
+        <v>22</v>
+      </c>
+      <c r="O22" t="s">
+        <v>23</v>
+      </c>
+      <c r="P22" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>94</v>
+      </c>
+      <c r="B23" t="s">
+        <v>95</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23">
+        <v>121.4</v>
+      </c>
+      <c r="F23">
+        <v>121.4</v>
+      </c>
+      <c r="G23">
+        <v>119.57</v>
+      </c>
+      <c r="I23">
+        <v>119.57</v>
+      </c>
+      <c r="J23">
+        <v>1.83</v>
+      </c>
+      <c r="K23" t="s">
+        <v>96</v>
+      </c>
+      <c r="L23" t="s">
+        <v>20</v>
+      </c>
+      <c r="M23" t="s">
+        <v>21</v>
+      </c>
+      <c r="N23" t="s">
+        <v>22</v>
+      </c>
+      <c r="O23" t="s">
+        <v>23</v>
+      </c>
+      <c r="P23" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>98</v>
+      </c>
+      <c r="B24" t="s">
+        <v>99</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24">
+        <v>125.77</v>
+      </c>
+      <c r="F24">
+        <v>125.77</v>
+      </c>
+      <c r="G24">
+        <v>121.4</v>
+      </c>
+      <c r="I24">
+        <v>121.4</v>
+      </c>
+      <c r="J24">
+        <v>4.37</v>
+      </c>
+      <c r="K24" t="s">
+        <v>100</v>
+      </c>
+      <c r="L24" t="s">
+        <v>20</v>
+      </c>
+      <c r="M24" t="s">
+        <v>21</v>
+      </c>
+      <c r="N24" t="s">
+        <v>22</v>
+      </c>
+      <c r="O24" t="s">
+        <v>23</v>
+      </c>
+      <c r="P24" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>102</v>
+      </c>
+      <c r="B25" t="s">
+        <v>103</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25">
+        <v>125.77</v>
+      </c>
+      <c r="F25">
+        <v>125.77</v>
+      </c>
+      <c r="G25">
+        <v>121.4</v>
+      </c>
+      <c r="I25">
+        <v>121.4</v>
+      </c>
+      <c r="J25">
+        <v>4.37</v>
+      </c>
+      <c r="K25" t="s">
+        <v>100</v>
+      </c>
+      <c r="L25" t="s">
+        <v>20</v>
+      </c>
+      <c r="M25" t="s">
+        <v>21</v>
+      </c>
+      <c r="N25" t="s">
+        <v>22</v>
+      </c>
+      <c r="O25" t="s">
+        <v>23</v>
+      </c>
+      <c r="P25" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>105</v>
+      </c>
+      <c r="B26" t="s">
+        <v>106</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26">
+        <v>132.6</v>
+      </c>
+      <c r="F26">
+        <v>132.6</v>
+      </c>
+      <c r="G26">
+        <v>125.77</v>
+      </c>
+      <c r="I26">
+        <v>125.77</v>
+      </c>
+      <c r="J26">
+        <v>6.83</v>
+      </c>
+      <c r="K26" t="s">
+        <v>107</v>
+      </c>
+      <c r="L26" t="s">
+        <v>20</v>
+      </c>
+      <c r="M26" t="s">
+        <v>21</v>
+      </c>
+      <c r="N26" t="s">
+        <v>22</v>
+      </c>
+      <c r="O26" t="s">
+        <v>23</v>
+      </c>
+      <c r="P26" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>109</v>
+      </c>
+      <c r="B27" t="s">
+        <v>110</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27">
+        <v>132.6</v>
+      </c>
+      <c r="F27">
+        <v>132.6</v>
+      </c>
+      <c r="G27">
+        <v>125.77</v>
+      </c>
+      <c r="I27">
+        <v>125.77</v>
+      </c>
+      <c r="J27">
+        <v>6.83</v>
+      </c>
+      <c r="K27" t="s">
+        <v>107</v>
+      </c>
+      <c r="L27" t="s">
+        <v>20</v>
+      </c>
+      <c r="M27" t="s">
+        <v>21</v>
+      </c>
+      <c r="N27" t="s">
+        <v>22</v>
+      </c>
+      <c r="O27" t="s">
+        <v>23</v>
+      </c>
+      <c r="P27" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>112</v>
+      </c>
+      <c r="B28" t="s">
+        <v>113</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28">
+        <v>137.05</v>
+      </c>
+      <c r="F28">
+        <v>137.05</v>
+      </c>
+      <c r="G28">
+        <v>132.6</v>
+      </c>
+      <c r="I28">
+        <v>132.6</v>
+      </c>
+      <c r="J28">
+        <v>4.45</v>
+      </c>
+      <c r="K28" t="s">
+        <v>114</v>
+      </c>
+      <c r="L28" t="s">
+        <v>20</v>
+      </c>
+      <c r="M28" t="s">
+        <v>21</v>
+      </c>
+      <c r="N28" t="s">
+        <v>22</v>
+      </c>
+      <c r="O28" t="s">
+        <v>23</v>
+      </c>
+      <c r="P28" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>116</v>
+      </c>
+      <c r="B29" t="s">
+        <v>117</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29">
+        <v>137.05</v>
+      </c>
+      <c r="F29">
+        <v>137.05</v>
+      </c>
+      <c r="G29">
+        <v>132.6</v>
+      </c>
+      <c r="I29">
+        <v>132.6</v>
+      </c>
+      <c r="J29">
+        <v>4.45</v>
+      </c>
+      <c r="K29" t="s">
+        <v>114</v>
+      </c>
+      <c r="L29" t="s">
+        <v>20</v>
+      </c>
+      <c r="M29" t="s">
+        <v>21</v>
+      </c>
+      <c r="N29" t="s">
+        <v>22</v>
+      </c>
+      <c r="O29" t="s">
+        <v>23</v>
+      </c>
+      <c r="P29" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>119</v>
+      </c>
+      <c r="B30" t="s">
+        <v>120</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30">
+        <v>139.1</v>
+      </c>
+      <c r="F30">
+        <v>139.1</v>
+      </c>
+      <c r="G30">
+        <v>137.05</v>
+      </c>
+      <c r="I30">
+        <v>137.05</v>
+      </c>
+      <c r="J30">
+        <v>2.05</v>
+      </c>
+      <c r="K30" t="s">
+        <v>121</v>
+      </c>
+      <c r="L30" t="s">
+        <v>20</v>
+      </c>
+      <c r="M30" t="s">
+        <v>21</v>
+      </c>
+      <c r="N30" t="s">
+        <v>22</v>
+      </c>
+      <c r="O30" t="s">
+        <v>23</v>
+      </c>
+      <c r="P30" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>123</v>
+      </c>
+      <c r="B31" t="s">
+        <v>124</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31">
+        <v>141.0</v>
+      </c>
+      <c r="F31">
+        <v>141</v>
+      </c>
+      <c r="G31">
+        <v>139.1</v>
+      </c>
+      <c r="I31">
+        <v>139.1</v>
+      </c>
+      <c r="J31">
+        <v>1.9</v>
+      </c>
+      <c r="K31" t="s">
+        <v>125</v>
+      </c>
+      <c r="L31" t="s">
+        <v>20</v>
+      </c>
+      <c r="M31" t="s">
+        <v>21</v>
+      </c>
+      <c r="N31" t="s">
+        <v>22</v>
+      </c>
+      <c r="O31" t="s">
+        <v>23</v>
+      </c>
+      <c r="P31" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>127</v>
+      </c>
+      <c r="B32" t="s">
+        <v>128</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32">
+        <v>143.1</v>
+      </c>
+      <c r="F32">
+        <v>143.1</v>
+      </c>
+      <c r="G32">
+        <v>141.0</v>
+      </c>
+      <c r="I32">
+        <v>141</v>
+      </c>
+      <c r="J32">
+        <v>2.1</v>
+      </c>
+      <c r="K32" t="s">
+        <v>129</v>
+      </c>
+      <c r="L32" t="s">
+        <v>20</v>
+      </c>
+      <c r="M32" t="s">
+        <v>21</v>
+      </c>
+      <c r="N32" t="s">
+        <v>22</v>
+      </c>
+      <c r="O32" t="s">
+        <v>23</v>
+      </c>
+      <c r="P32" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>131</v>
+      </c>
+      <c r="B33" t="s">
+        <v>132</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33">
+        <v>145.06</v>
+      </c>
+      <c r="F33">
+        <v>145.06</v>
+      </c>
+      <c r="G33">
+        <v>143.1</v>
+      </c>
+      <c r="I33">
+        <v>143.1</v>
+      </c>
+      <c r="J33">
+        <v>1.96</v>
+      </c>
+      <c r="K33" t="s">
+        <v>133</v>
+      </c>
+      <c r="L33" t="s">
+        <v>20</v>
+      </c>
+      <c r="M33" t="s">
+        <v>21</v>
+      </c>
+      <c r="N33" t="s">
+        <v>22</v>
+      </c>
+      <c r="O33" t="s">
+        <v>23</v>
+      </c>
+      <c r="P33" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>135</v>
+      </c>
+      <c r="B34" t="s">
+        <v>136</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34">
+        <v>149.2</v>
+      </c>
+      <c r="F34">
+        <v>149.2</v>
+      </c>
+      <c r="G34">
+        <v>143.1</v>
+      </c>
+      <c r="I34">
+        <v>143.1</v>
+      </c>
+      <c r="J34">
+        <v>6.1</v>
+      </c>
+      <c r="K34" t="s">
+        <v>137</v>
+      </c>
+      <c r="L34" t="s">
+        <v>20</v>
+      </c>
+      <c r="M34" t="s">
+        <v>21</v>
+      </c>
+      <c r="N34" t="s">
+        <v>22</v>
+      </c>
+      <c r="O34" t="s">
+        <v>23</v>
+      </c>
+      <c r="P34" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>139</v>
+      </c>
+      <c r="B35" t="s">
+        <v>140</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35">
+        <v>149.2</v>
+      </c>
+      <c r="F35">
+        <v>149.2</v>
+      </c>
+      <c r="G35">
+        <v>145.06</v>
+      </c>
+      <c r="I35">
+        <v>145.06</v>
+      </c>
+      <c r="J35">
+        <v>4.14</v>
+      </c>
+      <c r="K35" t="s">
+        <v>141</v>
+      </c>
+      <c r="L35" t="s">
+        <v>20</v>
+      </c>
+      <c r="M35" t="s">
+        <v>21</v>
+      </c>
+      <c r="N35" t="s">
+        <v>22</v>
+      </c>
+      <c r="O35" t="s">
+        <v>23</v>
+      </c>
+      <c r="P35" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>143</v>
+      </c>
+      <c r="B36" t="s">
+        <v>144</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36">
+        <v>152.21</v>
+      </c>
+      <c r="F36">
+        <v>152.21</v>
+      </c>
+      <c r="G36">
+        <v>149.2</v>
+      </c>
+      <c r="I36">
+        <v>149.2</v>
+      </c>
+      <c r="J36">
+        <v>3.01</v>
+      </c>
+      <c r="K36" t="s">
+        <v>145</v>
+      </c>
+      <c r="L36" t="s">
+        <v>20</v>
+      </c>
+      <c r="M36" t="s">
+        <v>21</v>
+      </c>
+      <c r="N36" t="s">
+        <v>22</v>
+      </c>
+      <c r="O36" t="s">
+        <v>23</v>
+      </c>
+      <c r="P36" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>147</v>
+      </c>
+      <c r="B37" t="s">
+        <v>148</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37">
+        <v>154.8</v>
+      </c>
+      <c r="F37">
+        <v>154.8</v>
+      </c>
+      <c r="G37">
+        <v>152.21</v>
+      </c>
+      <c r="I37">
+        <v>152.21</v>
+      </c>
+      <c r="J37">
+        <v>2.59</v>
+      </c>
+      <c r="K37" t="s">
+        <v>149</v>
+      </c>
+      <c r="L37" t="s">
+        <v>20</v>
+      </c>
+      <c r="M37" t="s">
+        <v>21</v>
+      </c>
+      <c r="N37" t="s">
+        <v>22</v>
+      </c>
+      <c r="O37" t="s">
+        <v>23</v>
+      </c>
+      <c r="P37" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>151</v>
+      </c>
+      <c r="B38" t="s">
+        <v>152</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38">
+        <v>157.9</v>
+      </c>
+      <c r="F38">
+        <v>157.9</v>
+      </c>
+      <c r="G38">
+        <v>154.8</v>
+      </c>
+      <c r="I38">
+        <v>154.8</v>
+      </c>
+      <c r="J38">
+        <v>3.1</v>
+      </c>
+      <c r="K38" t="s">
+        <v>153</v>
+      </c>
+      <c r="L38" t="s">
+        <v>20</v>
+      </c>
+      <c r="M38" t="s">
+        <v>21</v>
+      </c>
+      <c r="N38" t="s">
+        <v>22</v>
+      </c>
+      <c r="O38" t="s">
+        <v>23</v>
+      </c>
+      <c r="P38" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>155</v>
+      </c>
+      <c r="B39" t="s">
+        <v>156</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39">
+        <v>161.5</v>
+      </c>
+      <c r="F39">
+        <v>161.5</v>
+      </c>
+      <c r="G39">
+        <v>154.8</v>
+      </c>
+      <c r="I39">
+        <v>154.8</v>
+      </c>
+      <c r="J39">
+        <v>6.7</v>
+      </c>
+      <c r="K39" t="s">
+        <v>157</v>
+      </c>
+      <c r="L39" t="s">
+        <v>20</v>
+      </c>
+      <c r="M39" t="s">
+        <v>21</v>
+      </c>
+      <c r="N39" t="s">
+        <v>22</v>
+      </c>
+      <c r="O39" t="s">
+        <v>23</v>
+      </c>
+      <c r="P39" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>159</v>
+      </c>
+      <c r="B40" t="s">
+        <v>160</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40">
+        <v>161.5</v>
+      </c>
+      <c r="F40">
+        <v>161.5</v>
+      </c>
+      <c r="G40">
+        <v>154.8</v>
+      </c>
+      <c r="I40">
+        <v>154.8</v>
+      </c>
+      <c r="J40">
+        <v>6.7</v>
+      </c>
+      <c r="K40" t="s">
+        <v>157</v>
+      </c>
+      <c r="L40" t="s">
+        <v>20</v>
+      </c>
+      <c r="M40" t="s">
+        <v>21</v>
+      </c>
+      <c r="N40" t="s">
+        <v>22</v>
+      </c>
+      <c r="O40" t="s">
+        <v>23</v>
+      </c>
+      <c r="P40" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>162</v>
+      </c>
+      <c r="B41" t="s">
+        <v>163</v>
+      </c>
+      <c r="C41" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41">
+        <v>165.3</v>
+      </c>
+      <c r="F41">
+        <v>165.3</v>
+      </c>
+      <c r="G41">
+        <v>161.5</v>
+      </c>
+      <c r="I41">
+        <v>161.5</v>
+      </c>
+      <c r="J41">
+        <v>3.8</v>
+      </c>
+      <c r="K41" t="s">
+        <v>164</v>
+      </c>
+      <c r="L41" t="s">
+        <v>20</v>
+      </c>
+      <c r="M41" t="s">
+        <v>21</v>
+      </c>
+      <c r="N41" t="s">
+        <v>22</v>
+      </c>
+      <c r="O41" t="s">
+        <v>23</v>
+      </c>
+      <c r="P41" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>166</v>
+      </c>
+      <c r="B42" t="s">
+        <v>167</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42">
+        <v>165.3</v>
+      </c>
+      <c r="F42">
+        <v>165.3</v>
+      </c>
+      <c r="G42">
+        <v>161.5</v>
+      </c>
+      <c r="I42">
+        <v>161.5</v>
+      </c>
+      <c r="J42">
+        <v>3.8</v>
+      </c>
+      <c r="K42" t="s">
+        <v>164</v>
+      </c>
+      <c r="L42" t="s">
+        <v>20</v>
+      </c>
+      <c r="M42" t="s">
+        <v>21</v>
+      </c>
+      <c r="N42" t="s">
+        <v>22</v>
+      </c>
+      <c r="O42" t="s">
+        <v>23</v>
+      </c>
+      <c r="P42" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>169</v>
+      </c>
+      <c r="B43" t="s">
+        <v>170</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43">
+        <v>165.3</v>
+      </c>
+      <c r="F43">
+        <v>165.3</v>
+      </c>
+      <c r="G43">
+        <v>161.5</v>
+      </c>
+      <c r="I43">
+        <v>161.5</v>
+      </c>
+      <c r="J43">
+        <v>3.8</v>
+      </c>
+      <c r="K43" t="s">
+        <v>164</v>
+      </c>
+      <c r="L43" t="s">
+        <v>20</v>
+      </c>
+      <c r="M43" t="s">
+        <v>21</v>
+      </c>
+      <c r="N43" t="s">
+        <v>22</v>
+      </c>
+      <c r="O43" t="s">
+        <v>23</v>
+      </c>
+      <c r="P43" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>172</v>
+      </c>
+      <c r="B44" t="s">
+        <v>173</v>
+      </c>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44">
+        <v>168.2</v>
+      </c>
+      <c r="F44">
+        <v>168.2</v>
+      </c>
+      <c r="G44">
+        <v>165.3</v>
+      </c>
+      <c r="I44">
+        <v>165.3</v>
+      </c>
+      <c r="J44">
+        <v>2.9</v>
+      </c>
+      <c r="K44" t="s">
+        <v>174</v>
+      </c>
+      <c r="L44" t="s">
+        <v>20</v>
+      </c>
+      <c r="M44" t="s">
+        <v>21</v>
+      </c>
+      <c r="N44" t="s">
+        <v>22</v>
+      </c>
+      <c r="O44" t="s">
+        <v>23</v>
+      </c>
+      <c r="P44" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>176</v>
+      </c>
+      <c r="B45" t="s">
+        <v>177</v>
+      </c>
+      <c r="C45" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45">
+        <v>168.2</v>
+      </c>
+      <c r="F45">
+        <v>168.2</v>
+      </c>
+      <c r="G45">
+        <v>165.3</v>
+      </c>
+      <c r="I45">
+        <v>165.3</v>
+      </c>
+      <c r="J45">
+        <v>2.9</v>
+      </c>
+      <c r="K45" t="s">
+        <v>174</v>
+      </c>
+      <c r="L45" t="s">
+        <v>20</v>
+      </c>
+      <c r="M45" t="s">
+        <v>21</v>
+      </c>
+      <c r="N45" t="s">
+        <v>22</v>
+      </c>
+      <c r="O45" t="s">
+        <v>23</v>
+      </c>
+      <c r="P45" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>179</v>
+      </c>
+      <c r="B46" t="s">
+        <v>180</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46">
+        <v>168.2</v>
+      </c>
+      <c r="F46">
+        <v>168.2</v>
+      </c>
+      <c r="G46">
+        <v>165.3</v>
+      </c>
+      <c r="I46">
+        <v>165.3</v>
+      </c>
+      <c r="J46">
+        <v>2.9</v>
+      </c>
+      <c r="K46" t="s">
+        <v>174</v>
+      </c>
+      <c r="L46" t="s">
+        <v>20</v>
+      </c>
+      <c r="M46" t="s">
+        <v>21</v>
+      </c>
+      <c r="N46" t="s">
+        <v>22</v>
+      </c>
+      <c r="O46" t="s">
+        <v>23</v>
+      </c>
+      <c r="P46" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>182</v>
+      </c>
+      <c r="B47" t="s">
+        <v>183</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47">
+        <v>168.6</v>
+      </c>
+      <c r="F47">
+        <v>168.6</v>
+      </c>
+      <c r="G47">
+        <v>168.2</v>
+      </c>
+      <c r="I47">
+        <v>168.2</v>
+      </c>
+      <c r="J47">
+        <v>0.4</v>
+      </c>
+      <c r="K47" t="s">
+        <v>184</v>
+      </c>
+      <c r="L47" t="s">
+        <v>20</v>
+      </c>
+      <c r="M47" t="s">
+        <v>21</v>
+      </c>
+      <c r="N47" t="s">
+        <v>22</v>
+      </c>
+      <c r="O47" t="s">
+        <v>23</v>
+      </c>
+      <c r="P47" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>186</v>
+      </c>
+      <c r="B48" t="s">
+        <v>187</v>
+      </c>
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48">
+        <v>170.9</v>
+      </c>
+      <c r="F48">
+        <v>170.9</v>
+      </c>
+      <c r="G48">
+        <v>168.6</v>
+      </c>
+      <c r="I48">
+        <v>168.6</v>
+      </c>
+      <c r="J48">
+        <v>2.3</v>
+      </c>
+      <c r="K48" t="s">
+        <v>188</v>
+      </c>
+      <c r="L48" t="s">
+        <v>20</v>
+      </c>
+      <c r="M48" t="s">
+        <v>21</v>
+      </c>
+      <c r="N48" t="s">
+        <v>22</v>
+      </c>
+      <c r="O48" t="s">
+        <v>23</v>
+      </c>
+      <c r="P48" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>190</v>
+      </c>
+      <c r="B49" t="s">
+        <v>191</v>
+      </c>
+      <c r="C49" t="s">
+        <v>18</v>
+      </c>
+      <c r="D49">
+        <v>174.7</v>
+      </c>
+      <c r="F49">
+        <v>174.7</v>
+      </c>
+      <c r="G49">
+        <v>170.9</v>
+      </c>
+      <c r="I49">
+        <v>170.9</v>
+      </c>
+      <c r="J49">
+        <v>3.8</v>
+      </c>
+      <c r="K49" t="s">
+        <v>192</v>
+      </c>
+      <c r="L49" t="s">
+        <v>20</v>
+      </c>
+      <c r="M49" t="s">
+        <v>21</v>
+      </c>
+      <c r="N49" t="s">
+        <v>22</v>
+      </c>
+      <c r="O49" t="s">
+        <v>23</v>
+      </c>
+      <c r="P49" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>194</v>
+      </c>
+      <c r="B50" t="s">
+        <v>195</v>
+      </c>
+      <c r="C50" t="s">
+        <v>18</v>
+      </c>
+      <c r="D50">
+        <v>174.7</v>
+      </c>
+      <c r="F50">
+        <v>174.7</v>
+      </c>
+      <c r="G50">
+        <v>170.9</v>
+      </c>
+      <c r="I50">
+        <v>170.9</v>
+      </c>
+      <c r="J50">
+        <v>3.8</v>
+      </c>
+      <c r="K50" t="s">
+        <v>192</v>
+      </c>
+      <c r="L50" t="s">
+        <v>20</v>
+      </c>
+      <c r="M50" t="s">
+        <v>21</v>
+      </c>
+      <c r="N50" t="s">
+        <v>22</v>
+      </c>
+      <c r="O50" t="s">
+        <v>23</v>
+      </c>
+      <c r="P50" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>197</v>
+      </c>
+      <c r="B51" t="s">
+        <v>198</v>
+      </c>
+      <c r="C51" t="s">
+        <v>18</v>
+      </c>
+      <c r="D51">
+        <v>174.7</v>
+      </c>
+      <c r="F51">
+        <v>174.7</v>
+      </c>
+      <c r="G51">
+        <v>170.9</v>
+      </c>
+      <c r="I51">
+        <v>170.9</v>
+      </c>
+      <c r="J51">
+        <v>3.8</v>
+      </c>
+      <c r="K51" t="s">
+        <v>192</v>
+      </c>
+      <c r="L51" t="s">
+        <v>20</v>
+      </c>
+      <c r="M51" t="s">
+        <v>21</v>
+      </c>
+      <c r="N51" t="s">
+        <v>22</v>
+      </c>
+      <c r="O51" t="s">
+        <v>23</v>
+      </c>
+      <c r="P51" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>200</v>
+      </c>
+      <c r="B52" t="s">
+        <v>201</v>
+      </c>
+      <c r="C52" t="s">
+        <v>18</v>
+      </c>
+      <c r="D52">
+        <v>180.4</v>
+      </c>
+      <c r="F52">
+        <v>180.4</v>
+      </c>
+      <c r="G52">
+        <v>174.7</v>
+      </c>
+      <c r="I52">
+        <v>174.7</v>
+      </c>
+      <c r="J52">
+        <v>5.7</v>
+      </c>
+      <c r="K52" t="s">
+        <v>202</v>
+      </c>
+      <c r="L52" t="s">
+        <v>20</v>
+      </c>
+      <c r="M52" t="s">
+        <v>21</v>
+      </c>
+      <c r="N52" t="s">
+        <v>22</v>
+      </c>
+      <c r="O52" t="s">
+        <v>23</v>
+      </c>
+      <c r="P52" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>204</v>
+      </c>
+      <c r="B53" t="s">
+        <v>205</v>
+      </c>
+      <c r="C53" t="s">
+        <v>18</v>
+      </c>
+      <c r="D53">
+        <v>182.9</v>
+      </c>
+      <c r="F53">
+        <v>182.9</v>
+      </c>
+      <c r="G53">
+        <v>180.4</v>
+      </c>
+      <c r="I53">
+        <v>180.4</v>
+      </c>
+      <c r="J53">
+        <v>2.5</v>
+      </c>
+      <c r="K53" t="s">
+        <v>206</v>
+      </c>
+      <c r="L53" t="s">
+        <v>20</v>
+      </c>
+      <c r="M53" t="s">
+        <v>21</v>
+      </c>
+      <c r="N53" t="s">
+        <v>22</v>
+      </c>
+      <c r="O53" t="s">
+        <v>23</v>
+      </c>
+      <c r="P53" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>208</v>
+      </c>
+      <c r="B54" t="s">
+        <v>209</v>
+      </c>
+      <c r="C54" t="s">
+        <v>210</v>
+      </c>
+      <c r="D54">
+        <v>184.2</v>
+      </c>
+      <c r="F54">
+        <v>184.2</v>
+      </c>
+      <c r="G54">
+        <v>182.9</v>
+      </c>
+      <c r="I54">
+        <v>182.9</v>
+      </c>
+      <c r="J54">
+        <v>1.3</v>
+      </c>
+      <c r="K54" t="s">
+        <v>211</v>
+      </c>
+      <c r="L54" t="s">
+        <v>20</v>
+      </c>
+      <c r="M54" t="s">
+        <v>21</v>
+      </c>
+      <c r="N54" t="s">
+        <v>22</v>
+      </c>
+      <c r="O54" t="s">
+        <v>23</v>
+      </c>
+      <c r="P54" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>213</v>
+      </c>
+      <c r="B55" t="s">
+        <v>214</v>
+      </c>
+      <c r="C55" t="s">
+        <v>210</v>
+      </c>
+      <c r="D55">
+        <v>192.9</v>
+      </c>
+      <c r="F55">
+        <v>192.9</v>
+      </c>
+      <c r="G55">
+        <v>184.2</v>
+      </c>
+      <c r="I55">
+        <v>184.2</v>
+      </c>
+      <c r="J55">
+        <v>8.7</v>
+      </c>
+      <c r="K55" t="s">
+        <v>215</v>
+      </c>
+      <c r="L55" t="s">
+        <v>20</v>
+      </c>
+      <c r="M55" t="s">
+        <v>21</v>
+      </c>
+      <c r="N55" t="s">
+        <v>22</v>
+      </c>
+      <c r="O55" t="s">
+        <v>23</v>
+      </c>
+      <c r="P55" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>217</v>
+      </c>
+      <c r="B56" t="s">
+        <v>218</v>
+      </c>
+      <c r="C56" t="s">
+        <v>210</v>
+      </c>
+      <c r="D56">
+        <v>192.9</v>
+      </c>
+      <c r="F56">
+        <v>192.9</v>
+      </c>
+      <c r="G56">
+        <v>184.2</v>
+      </c>
+      <c r="I56">
+        <v>184.2</v>
+      </c>
+      <c r="J56">
+        <v>8.7</v>
+      </c>
+      <c r="K56" t="s">
+        <v>215</v>
+      </c>
+      <c r="L56" t="s">
+        <v>20</v>
+      </c>
+      <c r="M56" t="s">
+        <v>21</v>
+      </c>
+      <c r="N56" t="s">
+        <v>22</v>
+      </c>
+      <c r="O56" t="s">
+        <v>23</v>
+      </c>
+      <c r="P56" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>220</v>
+      </c>
+      <c r="B57" t="s">
+        <v>221</v>
+      </c>
+      <c r="C57" t="s">
+        <v>210</v>
+      </c>
+      <c r="D57">
+        <v>199.5</v>
+      </c>
+      <c r="F57">
+        <v>199.5</v>
+      </c>
+      <c r="G57">
+        <v>192.9</v>
+      </c>
+      <c r="I57">
+        <v>192.9</v>
+      </c>
+      <c r="J57">
+        <v>6.6</v>
+      </c>
+      <c r="K57" t="s">
+        <v>222</v>
+      </c>
+      <c r="L57" t="s">
+        <v>20</v>
+      </c>
+      <c r="M57" t="s">
+        <v>21</v>
+      </c>
+      <c r="N57" t="s">
+        <v>22</v>
+      </c>
+      <c r="O57" t="s">
+        <v>23</v>
+      </c>
+      <c r="P57" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>224</v>
+      </c>
+      <c r="B58" t="s">
+        <v>225</v>
+      </c>
+      <c r="C58" t="s">
+        <v>210</v>
+      </c>
+      <c r="D58">
+        <v>199.5</v>
+      </c>
+      <c r="F58">
+        <v>199.5</v>
+      </c>
+      <c r="G58">
+        <v>192.9</v>
+      </c>
+      <c r="I58">
+        <v>192.9</v>
+      </c>
+      <c r="J58">
+        <v>6.6</v>
+      </c>
+      <c r="K58" t="s">
+        <v>222</v>
+      </c>
+      <c r="L58" t="s">
+        <v>20</v>
+      </c>
+      <c r="M58" t="s">
+        <v>21</v>
+      </c>
+      <c r="N58" t="s">
+        <v>22</v>
+      </c>
+      <c r="O58" t="s">
+        <v>23</v>
+      </c>
+      <c r="P58" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>227</v>
+      </c>
+      <c r="B59" t="s">
+        <v>228</v>
+      </c>
+      <c r="C59" t="s">
+        <v>210</v>
+      </c>
+      <c r="D59">
+        <v>201.4</v>
+      </c>
+      <c r="F59">
+        <v>201.4</v>
+      </c>
+      <c r="G59">
+        <v>199.5</v>
+      </c>
+      <c r="I59">
+        <v>199.5</v>
+      </c>
+      <c r="J59">
+        <v>1.9</v>
+      </c>
+      <c r="K59" t="s">
+        <v>229</v>
+      </c>
+      <c r="L59" t="s">
+        <v>20</v>
+      </c>
+      <c r="M59" t="s">
+        <v>21</v>
+      </c>
+      <c r="N59" t="s">
+        <v>22</v>
+      </c>
+      <c r="O59" t="s">
+        <v>23</v>
+      </c>
+      <c r="P59" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>231</v>
+      </c>
+      <c r="B60" t="s">
+        <v>232</v>
+      </c>
+      <c r="C60" t="s">
+        <v>210</v>
+      </c>
+      <c r="D60">
+        <v>201.4</v>
+      </c>
+      <c r="F60">
+        <v>201.4</v>
+      </c>
+      <c r="G60">
+        <v>199.5</v>
+      </c>
+      <c r="I60">
+        <v>199.5</v>
+      </c>
+      <c r="J60">
+        <v>1.9</v>
+      </c>
+      <c r="K60" t="s">
+        <v>229</v>
+      </c>
+      <c r="L60" t="s">
+        <v>20</v>
+      </c>
+      <c r="M60" t="s">
+        <v>21</v>
+      </c>
+      <c r="N60" t="s">
+        <v>22</v>
+      </c>
+      <c r="O60" t="s">
+        <v>23</v>
+      </c>
+      <c r="P60" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>234</v>
+      </c>
+      <c r="B61" t="s">
+        <v>235</v>
+      </c>
+      <c r="C61" t="s">
+        <v>210</v>
+      </c>
+      <c r="D61">
+        <v>201.4</v>
+      </c>
+      <c r="F61">
+        <v>201.4</v>
+      </c>
+      <c r="G61">
+        <v>199.5</v>
+      </c>
+      <c r="I61">
+        <v>199.5</v>
+      </c>
+      <c r="J61">
+        <v>1.9</v>
+      </c>
+      <c r="K61" t="s">
+        <v>229</v>
+      </c>
+      <c r="L61" t="s">
+        <v>20</v>
+      </c>
+      <c r="M61" t="s">
+        <v>21</v>
+      </c>
+      <c r="N61" t="s">
+        <v>22</v>
+      </c>
+      <c r="O61" t="s">
+        <v>23</v>
+      </c>
+      <c r="P61" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>237</v>
+      </c>
+      <c r="B62" t="s">
+        <v>238</v>
+      </c>
+      <c r="C62" t="s">
+        <v>210</v>
+      </c>
+      <c r="D62">
+        <v>211.18</v>
+      </c>
+      <c r="F62">
+        <v>211.18</v>
+      </c>
+      <c r="G62">
+        <v>205.7</v>
+      </c>
+      <c r="I62">
+        <v>205.7</v>
+      </c>
+      <c r="J62">
+        <v>5.48</v>
+      </c>
+      <c r="K62" t="s">
+        <v>239</v>
+      </c>
+      <c r="L62" t="s">
+        <v>20</v>
+      </c>
+      <c r="M62" t="s">
+        <v>21</v>
+      </c>
+      <c r="N62" t="s">
+        <v>22</v>
+      </c>
+      <c r="O62" t="s">
+        <v>23</v>
+      </c>
+      <c r="P62" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>241</v>
+      </c>
+      <c r="B63" t="s">
+        <v>242</v>
+      </c>
+      <c r="C63" t="s">
+        <v>210</v>
+      </c>
+      <c r="D63">
+        <v>215.38</v>
+      </c>
+      <c r="F63">
+        <v>215.38</v>
+      </c>
+      <c r="G63">
+        <v>211.18</v>
+      </c>
+      <c r="I63">
+        <v>211.18</v>
+      </c>
+      <c r="J63">
+        <v>4.2</v>
+      </c>
+      <c r="K63" t="s">
+        <v>243</v>
+      </c>
+      <c r="L63" t="s">
+        <v>20</v>
+      </c>
+      <c r="M63" t="s">
+        <v>21</v>
+      </c>
+      <c r="N63" t="s">
+        <v>22</v>
+      </c>
+      <c r="O63" t="s">
+        <v>23</v>
+      </c>
+      <c r="P63" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>245</v>
+      </c>
+      <c r="B64" t="s">
+        <v>246</v>
+      </c>
+      <c r="C64" t="s">
+        <v>210</v>
+      </c>
+      <c r="D64">
+        <v>227.3</v>
+      </c>
+      <c r="F64">
+        <v>227.3</v>
+      </c>
+      <c r="G64">
+        <v>215.38</v>
+      </c>
+      <c r="I64">
+        <v>215.38</v>
+      </c>
+      <c r="J64">
+        <v>11.92</v>
+      </c>
+      <c r="K64" t="s">
+        <v>247</v>
+      </c>
+      <c r="L64" t="s">
+        <v>20</v>
+      </c>
+      <c r="M64" t="s">
+        <v>21</v>
+      </c>
+      <c r="N64" t="s">
+        <v>22</v>
+      </c>
+      <c r="O64" t="s">
+        <v>23</v>
+      </c>
+      <c r="P64" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>249</v>
+      </c>
+      <c r="B65" t="s">
+        <v>250</v>
+      </c>
+      <c r="C65" t="s">
+        <v>210</v>
+      </c>
+      <c r="D65">
+        <v>233.6</v>
+      </c>
+      <c r="F65">
+        <v>233.6</v>
+      </c>
+      <c r="G65">
+        <v>227.3</v>
+      </c>
+      <c r="I65">
+        <v>227.3</v>
+      </c>
+      <c r="J65">
+        <v>6.3</v>
+      </c>
+      <c r="K65" t="s">
+        <v>251</v>
+      </c>
+      <c r="L65" t="s">
+        <v>20</v>
+      </c>
+      <c r="M65" t="s">
+        <v>21</v>
+      </c>
+      <c r="N65" t="s">
+        <v>22</v>
+      </c>
+      <c r="O65" t="s">
+        <v>23</v>
+      </c>
+      <c r="P65" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>253</v>
+      </c>
+      <c r="B66" t="s">
+        <v>254</v>
+      </c>
+      <c r="C66" t="s">
+        <v>210</v>
+      </c>
+      <c r="D66">
+        <v>237.0</v>
+      </c>
+      <c r="F66">
+        <v>237</v>
+      </c>
+      <c r="G66">
+        <v>233.6</v>
+      </c>
+      <c r="I66">
+        <v>233.6</v>
+      </c>
+      <c r="J66">
+        <v>3.4</v>
+      </c>
+      <c r="K66" t="s">
+        <v>255</v>
+      </c>
+      <c r="L66" t="s">
+        <v>20</v>
+      </c>
+      <c r="M66" t="s">
+        <v>21</v>
+      </c>
+      <c r="N66" t="s">
+        <v>22</v>
+      </c>
+      <c r="O66" t="s">
+        <v>23</v>
+      </c>
+      <c r="P66" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>257</v>
+      </c>
+      <c r="B67" t="s">
+        <v>258</v>
+      </c>
+      <c r="C67" t="s">
+        <v>210</v>
+      </c>
+      <c r="D67">
+        <v>239.48</v>
+      </c>
+      <c r="F67">
+        <v>239.48</v>
+      </c>
+      <c r="G67">
+        <v>237.0</v>
+      </c>
+      <c r="I67">
+        <v>237</v>
+      </c>
+      <c r="J67">
+        <v>2.48</v>
+      </c>
+      <c r="K67" t="s">
+        <v>259</v>
+      </c>
+      <c r="L67" t="s">
+        <v>20</v>
+      </c>
+      <c r="M67" t="s">
+        <v>21</v>
+      </c>
+      <c r="N67" t="s">
+        <v>22</v>
+      </c>
+      <c r="O67" t="s">
+        <v>23</v>
+      </c>
+      <c r="P67" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>261</v>
+      </c>
+      <c r="B68" t="s">
+        <v>262</v>
+      </c>
+      <c r="C68" t="s">
+        <v>210</v>
+      </c>
+      <c r="D68">
+        <v>241.464</v>
+      </c>
+      <c r="F68">
+        <v>241.464</v>
+      </c>
+      <c r="G68">
+        <v>239.48</v>
+      </c>
+      <c r="I68">
+        <v>239.48</v>
+      </c>
+      <c r="J68">
+        <v>1.98</v>
+      </c>
+      <c r="K68" t="s">
+        <v>263</v>
+      </c>
+      <c r="L68" t="s">
+        <v>20</v>
+      </c>
+      <c r="M68" t="s">
+        <v>21</v>
+      </c>
+      <c r="N68" t="s">
+        <v>22</v>
+      </c>
+      <c r="O68" t="s">
+        <v>23</v>
+      </c>
+      <c r="P68" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>265</v>
+      </c>
+      <c r="B69" t="s">
+        <v>266</v>
+      </c>
+      <c r="C69" t="s">
+        <v>210</v>
+      </c>
+      <c r="D69">
+        <v>243.33</v>
+      </c>
+      <c r="F69">
+        <v>243.33</v>
+      </c>
+      <c r="G69">
+        <v>241.464</v>
+      </c>
+      <c r="I69">
+        <v>241.464</v>
+      </c>
+      <c r="J69">
+        <v>1.87</v>
+      </c>
+      <c r="K69" t="s">
+        <v>267</v>
+      </c>
+      <c r="L69" t="s">
+        <v>20</v>
+      </c>
+      <c r="M69" t="s">
+        <v>21</v>
+      </c>
+      <c r="N69" t="s">
+        <v>22</v>
+      </c>
+      <c r="O69" t="s">
+        <v>23</v>
+      </c>
+      <c r="P69" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>269</v>
+      </c>
+      <c r="B70" t="s">
+        <v>270</v>
+      </c>
+      <c r="C70" t="s">
+        <v>210</v>
+      </c>
+      <c r="D70">
+        <v>244.24</v>
+      </c>
+      <c r="F70">
+        <v>244.24</v>
+      </c>
+      <c r="G70">
+        <v>243.33</v>
+      </c>
+      <c r="I70">
+        <v>243.33</v>
+      </c>
+      <c r="J70">
+        <v>0.91</v>
+      </c>
+      <c r="K70" t="s">
+        <v>271</v>
+      </c>
+      <c r="L70" t="s">
+        <v>20</v>
+      </c>
+      <c r="M70" t="s">
+        <v>21</v>
+      </c>
+      <c r="N70" t="s">
+        <v>22</v>
+      </c>
+      <c r="O70" t="s">
+        <v>23</v>
+      </c>
+      <c r="P70" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>273</v>
+      </c>
+      <c r="B71" t="s">
+        <v>274</v>
+      </c>
+      <c r="C71" t="s">
+        <v>210</v>
+      </c>
+      <c r="D71">
+        <v>244.99</v>
+      </c>
+      <c r="F71">
+        <v>244.99</v>
+      </c>
+      <c r="G71">
+        <v>244.24</v>
+      </c>
+      <c r="I71">
+        <v>244.24</v>
+      </c>
+      <c r="J71">
+        <v>0.75</v>
+      </c>
+      <c r="K71" t="s">
+        <v>275</v>
+      </c>
+      <c r="L71" t="s">
+        <v>20</v>
+      </c>
+      <c r="M71" t="s">
+        <v>21</v>
+      </c>
+      <c r="N71" t="s">
+        <v>22</v>
+      </c>
+      <c r="O71" t="s">
+        <v>23</v>
+      </c>
+      <c r="P71" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>277</v>
+      </c>
+      <c r="B72" t="s">
+        <v>278</v>
+      </c>
+      <c r="C72" t="s">
+        <v>210</v>
+      </c>
+      <c r="D72">
+        <v>246.7</v>
+      </c>
+      <c r="F72">
+        <v>246.7</v>
+      </c>
+      <c r="G72">
+        <v>244.99</v>
+      </c>
+      <c r="I72">
+        <v>244.99</v>
+      </c>
+      <c r="J72">
+        <v>1.71</v>
+      </c>
+      <c r="K72" t="s">
+        <v>279</v>
+      </c>
+      <c r="L72" t="s">
+        <v>20</v>
+      </c>
+      <c r="M72" t="s">
+        <v>21</v>
+      </c>
+      <c r="N72" t="s">
+        <v>22</v>
+      </c>
+      <c r="O72" t="s">
+        <v>23</v>
+      </c>
+      <c r="P72" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>281</v>
+      </c>
+      <c r="B73" t="s">
+        <v>282</v>
+      </c>
+      <c r="C73" t="s">
+        <v>210</v>
+      </c>
+      <c r="D73">
+        <v>248.1</v>
+      </c>
+      <c r="F73">
+        <v>248.1</v>
+      </c>
+      <c r="G73">
+        <v>246.7</v>
+      </c>
+      <c r="I73">
+        <v>246.7</v>
+      </c>
+      <c r="J73">
+        <v>1.4</v>
+      </c>
+      <c r="K73" t="s">
+        <v>283</v>
+      </c>
+      <c r="L73" t="s">
+        <v>20</v>
+      </c>
+      <c r="M73" t="s">
+        <v>21</v>
+      </c>
+      <c r="N73" t="s">
+        <v>22</v>
+      </c>
+      <c r="O73" t="s">
+        <v>23</v>
+      </c>
+      <c r="P73" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>285</v>
+      </c>
+      <c r="B74" t="s">
+        <v>286</v>
+      </c>
+      <c r="C74" t="s">
+        <v>210</v>
+      </c>
+      <c r="D74">
+        <v>249.9</v>
+      </c>
+      <c r="F74">
+        <v>249.9</v>
+      </c>
+      <c r="G74">
+        <v>248.1</v>
+      </c>
+      <c r="I74">
+        <v>248.1</v>
+      </c>
+      <c r="J74">
+        <v>1.8</v>
+      </c>
+      <c r="K74" t="s">
+        <v>287</v>
+      </c>
+      <c r="L74" t="s">
+        <v>20</v>
+      </c>
+      <c r="M74" t="s">
+        <v>21</v>
+      </c>
+      <c r="N74" t="s">
+        <v>22</v>
+      </c>
+      <c r="O74" t="s">
+        <v>23</v>
+      </c>
+      <c r="P74" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>289</v>
+      </c>
+      <c r="B75" t="s">
+        <v>290</v>
+      </c>
+      <c r="C75" t="s">
+        <v>210</v>
+      </c>
+      <c r="D75">
+        <v>250.5</v>
+      </c>
+      <c r="F75">
+        <v>250.5</v>
+      </c>
+      <c r="G75">
+        <v>249.9</v>
+      </c>
+      <c r="I75">
+        <v>249.9</v>
+      </c>
+      <c r="J75">
+        <v>0.6</v>
+      </c>
+      <c r="K75" t="s">
+        <v>291</v>
+      </c>
+      <c r="L75" t="s">
+        <v>20</v>
+      </c>
+      <c r="M75" t="s">
+        <v>21</v>
+      </c>
+      <c r="N75" t="s">
+        <v>22</v>
+      </c>
+      <c r="O75" t="s">
+        <v>23</v>
+      </c>
+      <c r="P75" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>293</v>
+      </c>
+      <c r="B76" t="s">
+        <v>294</v>
+      </c>
+      <c r="C76" t="s">
+        <v>210</v>
+      </c>
+      <c r="D76">
+        <v>251.902</v>
+      </c>
+      <c r="F76">
+        <v>251.902</v>
+      </c>
+      <c r="G76">
+        <v>250.5</v>
+      </c>
+      <c r="I76">
+        <v>250.5</v>
+      </c>
+      <c r="J76">
+        <v>1.4</v>
+      </c>
+      <c r="K76" t="s">
+        <v>295</v>
+      </c>
+      <c r="L76" t="s">
+        <v>20</v>
+      </c>
+      <c r="M76" t="s">
+        <v>21</v>
+      </c>
+      <c r="N76" t="s">
+        <v>22</v>
+      </c>
+      <c r="O76" t="s">
+        <v>23</v>
+      </c>
+      <c r="P76" t="s">
+        <v>296</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">